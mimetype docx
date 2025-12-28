--- v0 (2025-11-08)
+++ v1 (2025-12-28)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="14EB23CA" w14:textId="0B246BA4" w:rsidR="00544693" w:rsidRDefault="00544693" w:rsidP="000B786C">
+    <w:p w14:paraId="14EB23CA" w14:textId="340564E8" w:rsidR="00544693" w:rsidRDefault="00544693" w:rsidP="000B786C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Terrorism and Security</w:t>
       </w:r>
       <w:r w:rsidR="000B786C">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="006B350B">
         <w:t>Fall 202</w:t>
       </w:r>
-      <w:r w:rsidR="00A6259A">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00CF65A0">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="000B786C">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BC8A66C" w14:textId="77777777" w:rsidR="00544693" w:rsidRDefault="00544693" w:rsidP="00544693">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BA52CE3" w14:textId="77777777" w:rsidR="00544693" w:rsidRDefault="00544693" w:rsidP="00544693">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Term Paper Guidelines</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AB7EE63" w14:textId="77777777" w:rsidR="00544693" w:rsidRDefault="00544693"/>
     <w:p w14:paraId="4D41116C" w14:textId="77777777" w:rsidR="004058F4" w:rsidRDefault="000B786C">
       <w:r>
         <w:t>A term paper for this course is worth 30% of your final grade. Following th</w:t>
       </w:r>
       <w:r w:rsidR="004058F4">
         <w:t>ese</w:t>
@@ -264,59 +264,51 @@
       <w:r>
         <w:t xml:space="preserve">2500 words </w:t>
       </w:r>
       <w:r>
         <w:sym w:font="Symbol" w:char="F0B1"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 10% </w:t>
       </w:r>
       <w:r w:rsidR="006B350B">
         <w:t>including</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> bibliography</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64E37D57" w14:textId="77777777" w:rsidR="00B53ED8" w:rsidRDefault="00B53ED8" w:rsidP="00B53ED8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">12 </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Times New Roman font, double spaced, 2.5 cm paper margins</w:t>
+        <w:t>12 pt Times New Roman font, double spaced, 2.5 cm paper margins</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="064C572A" w14:textId="77777777" w:rsidR="00B53ED8" w:rsidRDefault="00B53ED8" w:rsidP="00B53ED8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Pages must be numbered</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77CE0526" w14:textId="35A875AC" w:rsidR="006B350B" w:rsidRDefault="006B350B" w:rsidP="00B53ED8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>APA writing style</w:t>
       </w:r>
@@ -447,133 +439,138 @@
           <w:iCs/>
         </w:rPr>
         <w:t>Style</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: you are writing an academic essay, not a blog post or media article. Refrain from journalistic and literary tones. Write clearly with proper punctuation and reasonable paragraph lengths. Sentence meanings must not be obscured by lengthy sentences, typos, grammatical and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>stylistical</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> errors. Watch out for in-text citations and quotations which must match the APA style. Last but not least, strictly follow the paper format guidelines above. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20F253A1" w14:textId="77777777" w:rsidR="00B53ED8" w:rsidRDefault="00B53ED8" w:rsidP="00B53ED8"/>
     <w:p w14:paraId="0B7F0F20" w14:textId="77777777" w:rsidR="00B53ED8" w:rsidRDefault="00B53ED8" w:rsidP="00B53ED8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Deadline</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D163866" w14:textId="22C405D9" w:rsidR="00F87242" w:rsidRDefault="00B53ED8" w:rsidP="00B53ED8">
+    <w:p w14:paraId="0D163866" w14:textId="58B61D67" w:rsidR="00F87242" w:rsidRDefault="00B53ED8" w:rsidP="00B53ED8">
       <w:r>
         <w:t xml:space="preserve">Upload your term papers </w:t>
       </w:r>
       <w:r w:rsidR="006B350B">
         <w:t xml:space="preserve">to Moodle </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">no later than </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF65A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 </w:t>
       </w:r>
       <w:r w:rsidR="006B350B">
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>7 December 23.59</w:t>
+        <w:t>December 23.59</w:t>
       </w:r>
       <w:r w:rsidR="006B350B">
         <w:t>. Late submissions are penalized by deducing 5 points/hour.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="135AE19D" w14:textId="77777777" w:rsidR="00F87242" w:rsidRDefault="00F87242" w:rsidP="00B53ED8"/>
     <w:sectPr w:rsidR="00F87242" w:rsidSect="00320D21">
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1387576D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="645C75A6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -869,135 +866,138 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="213010978">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1475103316">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="440415566">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00544693"/>
     <w:rsid w:val="00051708"/>
     <w:rsid w:val="000B786C"/>
     <w:rsid w:val="002439FA"/>
     <w:rsid w:val="0024470B"/>
     <w:rsid w:val="002A58E3"/>
     <w:rsid w:val="00320D21"/>
     <w:rsid w:val="004058F4"/>
     <w:rsid w:val="00544693"/>
     <w:rsid w:val="006B350B"/>
+    <w:rsid w:val="0079186F"/>
     <w:rsid w:val="00A6259A"/>
     <w:rsid w:val="00B53ED8"/>
     <w:rsid w:val="00B9680B"/>
     <w:rsid w:val="00BC257B"/>
+    <w:rsid w:val="00CF65A0"/>
     <w:rsid w:val="00F87242"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="64C5B0FB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3A1EE309-49E6-5C47-B455-1CEBBED3165E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1325,50 +1325,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00544693"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -1452,51 +1457,51 @@
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004058F4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F87242"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -1759,51 +1764,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>768</Words>
   <Characters>4383</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>